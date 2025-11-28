--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="591E0767" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:ind w:left="-425" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AA62A17" wp14:editId="33A992C4">
             <wp:extent cx="7277101" cy="2087880"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
@@ -137,90 +137,90 @@
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="46"/>
         </w:rPr>
         <w:t>План профориентационной работы</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75F6BCDB" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:spacing w:after="41"/>
         <w:ind w:left="936" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="30"/>
         </w:rPr>
         <w:t>по реализации профориентационного минимума</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B80171" w14:textId="39BE25E8" w:rsidR="007A075A" w:rsidRDefault="00992695">
+    <w:p w14:paraId="15B80171" w14:textId="50A25D56" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:spacing w:after="41"/>
         <w:ind w:left="936" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> на 202</w:t>
       </w:r>
-      <w:r w:rsidR="003B4586">
+      <w:r w:rsidR="000E6DF3">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="003B4586">
+      <w:r w:rsidR="000E6DF3">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> учебный год </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F1C0479" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="936" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00E4672F" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="007A075A">
       <w:pPr>
         <w:spacing w:after="12"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
@@ -454,571 +454,501 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single" w:color="212121"/>
         </w:rPr>
         <w:t>Задачи основного уровня:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35CCAF87" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="12" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>построение системы содействия профессиональному самоопределению обучающихся общеобразовательных организаций, ос</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">нованной на сочетании мотивационно- активизирующего, информационно-обучающего, практико-ориентированного и </w:t>
+        <w:t xml:space="preserve">построение системы содействия профессиональному самоопределению обучающихся общеобразовательных организаций, основанной на сочетании мотивационно- активизирующего, информационно-обучающего, практико-ориентированного и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>диагностико</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>-консультационного подходов к формированию ГПС и вовлечении всех участников образовательного процесса;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08769754" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>систематизация и обогащение инстру</w:t>
-[...2 lines deleted...]
-        <w:t>ментами и практиками региональных моделей профессиональной ориентации обучающихся;</w:t>
+        <w:t>систематизация и обогащение инструментами и практиками региональных моделей профессиональной ориентации обучающихся;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4898175B" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>разработка плана профориентационной работы для групп, обучающихся по возрастам (6 - 7, 8 - 9 классы);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DC4CD7C" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">разработка плана профориентационной работы с обучающихся с ОВЗ по </w:t>
-[...2 lines deleted...]
-        <w:t>разным нозологиям и возрастам;</w:t>
+        <w:t>разработка плана профориентационной работы с обучающихся с ОВЗ по разным нозологиям и возрастам;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="520BD634" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="12" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>выявление исходного уровня сформированности внутренней (мотивационно-личностной) и внешней (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>знаниевой</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">) сторон готовности к профессиональному самоопределению у обучающихся, а также уровня готовности, который продемонстрирует </w:t>
-[...2 lines deleted...]
-        <w:t>обучающийся после участия в профориентационной программе;</w:t>
+        <w:t>) сторон готовности к профессиональному самоопределению у обучающихся, а также уровня готовности, который продемонстрирует обучающийся после участия в профориентационной программе;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B255FA9" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="12" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>формирование индивидуальных рекомендаций для обучающихся по построению образовательно-профессиональной траектории в зависимости от уровня осознанности, интересов, способностей, доступных им возможн</w:t>
-[...2 lines deleted...]
-        <w:t>остей;</w:t>
+        <w:t>формирование индивидуальных рекомендаций для обучающихся по построению образовательно-профессиональной траектории в зависимости от уровня осознанности, интересов, способностей, доступных им возможностей;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D396E8" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="12" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>информирование обучающихся о специфике рынка труда и системе профессионального образования (включая знакомство с перспективными и востребованными в ближайшем будущем профессиями и отраслями экономики России) посредством различных мероприятий, в т.ч</w:t>
-[...2 lines deleted...]
-        <w:t>. профессиональных проб;</w:t>
+        <w:t>информирование обучающихся о специфике рынка труда и системе профессионального образования (включая знакомство с перспективными и востребованными в ближайшем будущем профессиями и отраслями экономики России) посредством различных мероприятий, в т.ч. профессиональных проб;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77512B2E" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">формирование у обучающихся профориентационных компетенций, необходимых для осуществления всех этапов карьерной </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>самонавигации</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, приобретение и осмысление </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>профориентационно</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> значимого опыта, активного освоения ресурсов территориальной</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> среды профессионального самоопределения, самооценки, успешности прохождения профессиональных проб, осознанного конструирования индивидуальной образовательно-профессиональной траектории и ее адаптации с учетом имеющихся компетенций и возможностей среды;</w:t>
+        <w:t xml:space="preserve"> значимого опыта, активного освоения ресурсов территориальной среды профессионального самоопределения, самооценки, успешности прохождения профессиональных проб, осознанного конструирования индивидуальной образовательно-профессиональной траектории и ее адаптации с учетом имеющихся компетенций и возможностей среды;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FF268EF" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>совершенствование профессиональных компетенций специалистов, ответственных за профориентационную работу в образовательной организации (педагогов-навигаторов) по формированию осознанности обучающихся и их готовности к профессиональному самоопределению через</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> прохождение программы дополнительного профессионального образования (повышения квалификации);</w:t>
+        <w:t>совершенствование профессиональных компетенций специалистов, ответственных за профориентационную работу в образовательной организации (педагогов-навигаторов) по формированию осознанности обучающихся и их готовности к профессиональному самоопределению через прохождение программы дополнительного профессионального образования (повышения квалификации);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11B0A851" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>повышение активности и ответственности родителей (законных представителей) в целях содействия обучающимся в формировании навыка осознанного выбора.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4135D8E8" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:ind w:left="1069" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single" w:color="212121"/>
         </w:rPr>
-        <w:t>Планируемые</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> результаты</w:t>
+        <w:t>Планируемые результаты</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49CF1FF0" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>для обучающихся 6 - 9 классов - развитие всех компонентов готовности к профессиональному самоопределению (в т.ч. повышение осознанности и самостоятельности в планировании личных профессиональных перспектив), построение индивидуальной образова</w:t>
-[...2 lines deleted...]
-        <w:t>тельно-профессиональной траектории;</w:t>
+        <w:t>для обучающихся 6 - 9 классов - развитие всех компонентов готовности к профессиональному самоопределению (в т.ч. повышение осознанности и самостоятельности в планировании личных профессиональных перспектив), построение индивидуальной образовательно-профессиональной траектории;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A0903FE" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">для родителей (законных представителей) - получение рекомендаций по возможной помощи самоопределяющимся подросткам, получение современной и актуальной информации о рынке </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>образования и рынке труда (регионального и федера</w:t>
-[...2 lines deleted...]
-        <w:t>льного уровней), включая информацию о наиболее перспективных и востребованных в ближайшем будущем профессиях и отраслях экономики Российской Федерации;</w:t>
+        <w:t>образования и рынке труда (регионального и федерального уровней), включая информацию о наиболее перспективных и востребованных в ближайшем будущем профессиях и отраслях экономики Российской Федерации;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36EAFDE4" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>для педагогов и специалистов - повышение квалификации в области методов и технологий профессиональной о</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">риентации обучающихся. Применение методик, направленных на активизацию профессионального самоопределения, понимание возможностей </w:t>
+        <w:t xml:space="preserve">для педагогов и специалистов - повышение квалификации в области методов и технологий профессиональной ориентации обучающихся. Применение методик, направленных на активизацию профессионального самоопределения, понимание возможностей </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">и </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">ограничений </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">диагностических </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">инструментов. </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Освоение </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>новых, современных, научно обоснованных методик и технологий;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="701AECC4" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>для р</w:t>
-[...2 lines deleted...]
-        <w:t>аботодателей - привлечение мотивированных обучающихся к производственным задачам, повышение интереса к организации.</w:t>
+        <w:t>для работодателей - привлечение мотивированных обучающихся к производственным задачам, повышение интереса к организации.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53FA0C58" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Реализация    плана     предусматривает     активное     участие     педагогов, родителей (законных представителей), обучающихся "МБОУ Школ</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">а №18", сотрудников центра занятости населения, и иных заинтересованных лиц в проведении профориентационных мероприятий, направленных на подготовку востребованных </w:t>
+        <w:t xml:space="preserve">Реализация    плана     предусматривает     активное     участие     педагогов, родителей (законных представителей), обучающихся "МБОУ Школа №18", сотрудников центра занятости населения, и иных заинтересованных лиц в проведении профориентационных мероприятий, направленных на подготовку востребованных </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>в  регионе</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> профессиональных кадров.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AB87099" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Профессиональная ориентация в школе - это система учебно-</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">воспитательной работы, направленной </w:t>
+        <w:t xml:space="preserve">Профессиональная ориентация в школе - это система учебно-воспитательной работы, направленной </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>на  усвоение</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> учащимися необходимого </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>объѐма</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> знаний о социально-экономических и психофизических характеристиках профессий. Для благополучия общества необходимо, чтобы каждый выпускник </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> школы находил, возможно, более полно</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">е </w:t>
+        <w:t xml:space="preserve"> школы находил, возможно, более полное </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>применение  своим</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> интересам, склонностям, не терял  напрасно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>время, силы, средства в  поисках своего</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>места в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>системе   общественного   производства,   на   котором   мог бы принести наибольшую пользу и получить глубокое удовлетворение от своего труда. В</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> школе профориентационная работа проводится администрацией учреждения, руководителем центра профориентации, классными руководителями, учителями предметниками, педагогом-психологом, социальным педагогом, педагогом – организатором. </w:t>
+        <w:t xml:space="preserve">системе   общественного   производства,   на   котором   мог бы принести наибольшую пользу и получить глубокое удовлетворение от своего труда. В школе профориентационная работа проводится администрацией учреждения, руководителем центра профориентации, классными руководителями, учителями предметниками, педагогом-психологом, социальным педагогом, педагогом – организатором. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50C4753F" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:ind w:right="4"/>
       </w:pPr>
       <w:r>
-        <w:t>По результатам участия во</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> всех мероприятиях основного уровня реализации Профориентационного минимума для обучающегося формируется индивидуальная рекомендация по построению образовательно-профессиональной траектории.</w:t>
+        <w:t>По результатам участия во всех мероприятиях основного уровня реализации Профориентационного минимума для обучающегося формируется индивидуальная рекомендация по построению образовательно-профессиональной траектории.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BD2DFA9" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:ind w:left="709" w:right="210" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single" w:color="212121"/>
         </w:rPr>
         <w:t>Форматы профориентационной работы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
@@ -1047,106 +977,100 @@
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>На выбор:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="200DDC2C" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="46"/>
         <w:ind w:left="154" w:right="4" w:hanging="154"/>
       </w:pPr>
       <w:r>
-        <w:t>Уроки общеобразовательного цикла, включающие элемент значимости учебного предмета для профессиональной деятельности. Используется интерактивный сервис "Констру</w:t>
-[...2 lines deleted...]
-        <w:t>ктор будущего" в рамках проекта "Билет в будущее" или другие программы.</w:t>
+        <w:t>Уроки общеобразовательного цикла, включающие элемент значимости учебного предмета для профессиональной деятельности. Используется интерактивный сервис "Конструктор будущего" в рамках проекта "Билет в будущее" или другие программы.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EC43FB4" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="154" w:right="4" w:hanging="154"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Уроки профориентационной направленности в рамках учебного предмета "Технология". </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59CCAD50" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:spacing w:after="18"/>
         <w:ind w:left="225" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>ВНЕУРОЧНАЯ ДЕЯТЕЛЬНОСТЬ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C21B67F" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:ind w:left="225" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Диагностический конструктор (2 этапа): несколько вариантов </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>профориентационны</w:t>
-[...2 lines deleted...]
-        <w:t>х  онлайн</w:t>
+        <w:t>профориентационных  онлайн</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>-диагностик исходя из потребностей обучающихся</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5462F735" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:ind w:left="225" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Профориентационные классные часы</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73B29A9F" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:spacing w:after="50"/>
         <w:ind w:left="225" w:right="1621" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Урок "Россия - мои горизонты" </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25E2B4F5" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
@@ -1321,152 +1245,140 @@
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58D97A08" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Профориентационные уроки;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A2B5DBC" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
+    <w:p w14:paraId="2A2B5DBC" w14:textId="2216F21F" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Диагностика, направленная на выявление интересов и способностей обучающихся, уровня готовности к выбору профессионально-образовательной </w:t>
+        <w:t xml:space="preserve">Диагностика, направленная на выявление интересов и способностей обучающихся, уровня готовности к выбору профессионально-образовательной траектории, ценностных ориентиров, мотивации обучающихся и получение </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t xml:space="preserve">траектории,   </w:t>
+        <w:t>индивидуальных  рекомендаций</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve">  ценностных ориентиров, мо</w:t>
-[...2 lines deleted...]
-        <w:t>тивации обучающихся и получение индивидуальных  рекомендаций на этой основе;</w:t>
+        <w:t xml:space="preserve"> на этой основе;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CB7B1D6" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Групповой разбор результатов профориентационных диагностик (с использованием видеоматериалов), рефлексивный урок;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2E55F5" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Информационное сопровождение обучающихся и их родителей о возмо</w:t>
-[...2 lines deleted...]
-        <w:t>жностях открытого сегмента Платформы базового уровня Профориентационного минимума и организует регистрацию участников;</w:t>
+        <w:t>Информационное сопровождение обучающихся и их родителей о возможностях открытого сегмента Платформы базового уровня Профориентационного минимума и организует регистрацию участников;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A44B1B" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Профессиональные пробы практического и/или моделирующего уровней (в онлайн или офлайн-формате);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E22001" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="360" w:right="4" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Профориентационные мероприятия по выбор</w:t>
-[...5 lines deleted...]
-        <w:t>м предпочитаемых обучающимися профессиональных сфер и профилей обучения; участие в профориентационных мероприятиях федерального и регионального уровня.</w:t>
+        <w:t>Профориентационные мероприятия по выбору: посещение мультимедийной выставки; посещение организаций территориальной образовательной и профессиональной среды (профессиональных образовательных организаций, организаций высшего образования и работодателей); организация проектной деятельности с учетом предпочитаемых обучающимися профессиональных сфер и профилей обучения; участие в профориентационных мероприятиях федерального и регионального уровня.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64F28DFE" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="120" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
@@ -1979,65 +1891,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="7" w:type="dxa"/>
               <w:left w:w="5" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="78CD5C1A" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="106" w:right="179" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Классные руководители </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">выпускников 9- </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> класса </w:t>
+              <w:t xml:space="preserve">выпускников 9- го класса </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="7" w:type="dxa"/>
               <w:left w:w="5" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79533BC4" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="106" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
@@ -2289,74 +2187,72 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="7" w:type="dxa"/>
               <w:left w:w="5" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="66FC2865" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
+          <w:p w14:paraId="66FC2865" w14:textId="63696039" w:rsidR="007A075A" w:rsidRDefault="00992695">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="106" w:right="4" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Осуществление взаимодействия </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">, предприятиями, Учреждениями СПО </w:t>
+              <w:t>Осуществление взаимодействия с</w:t>
+            </w:r>
+            <w:r w:rsidR="000E6DF3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦЗН, предприятиями, Учреждениями СПО </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="7" w:type="dxa"/>
               <w:left w:w="5" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="72A69F47" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
             <w:pPr>
               <w:spacing w:after="6"/>
               <w:ind w:left="106" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
@@ -5522,74 +5418,72 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="7" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="23DBC541" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="110" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Участие обучающихся в работе ярмарки вакансий ЦЗН с целью знакомства с учреждениями </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="412B1E7D" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
+          <w:p w14:paraId="412B1E7D" w14:textId="5C9D51CF" w:rsidR="007A075A" w:rsidRDefault="00992695">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="110" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">СПО </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> труда </w:t>
+              <w:t>СПО и</w:t>
+            </w:r>
+            <w:r w:rsidR="000E6DF3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рынком труда </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="7" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2E3D6D04" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="110" w:right="0" w:firstLine="0"/>
             </w:pPr>
@@ -7376,122 +7270,114 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1394" w:right="0" w:firstLine="5786"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> Приложение </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B0DB007" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-4984" w:right="0" w:firstLine="5786"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Т</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ематика рекомендуемых классных часов </w:t>
+        <w:t xml:space="preserve">Тематика рекомендуемых классных часов </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>по профориентации</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1726CF44" w14:textId="5068AA28" w:rsidR="007A075A" w:rsidRDefault="00992695">
+    <w:p w14:paraId="1726CF44" w14:textId="1002814F" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-4984" w:right="0" w:firstLine="5786"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> на 202</w:t>
       </w:r>
-      <w:r w:rsidR="003B4586">
+      <w:r w:rsidR="000E6DF3">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="003B4586">
+      <w:r w:rsidR="000E6DF3">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> учебный год </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46EA2B8F" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="120" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="7" w:type="dxa"/>
           <w:left w:w="5" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="140"/>
         <w:gridCol w:w="1104"/>
         <w:gridCol w:w="9325"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A075A" w14:paraId="0C69919F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="466"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1" w:type="dxa"/>
@@ -9441,147 +9327,147 @@
     </w:p>
     <w:p w14:paraId="5A1B0BF2" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="00992695">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007A075A">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11909" w:h="16838"/>
       <w:pgMar w:top="634" w:right="984" w:bottom="735" w:left="720" w:header="725" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A700AC7" w14:textId="77777777" w:rsidR="00992695" w:rsidRDefault="00992695">
+    <w:p w14:paraId="2FE29F61" w14:textId="77777777" w:rsidR="00E75F4E" w:rsidRDefault="00E75F4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AE7E8E4" w14:textId="77777777" w:rsidR="00992695" w:rsidRDefault="00992695">
+    <w:p w14:paraId="0C4BF2DB" w14:textId="77777777" w:rsidR="00E75F4E" w:rsidRDefault="00E75F4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="XO Thames">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56B60216" w14:textId="77777777" w:rsidR="00992695" w:rsidRDefault="00992695">
+    <w:p w14:paraId="01178C23" w14:textId="77777777" w:rsidR="00E75F4E" w:rsidRDefault="00E75F4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49697ED3" w14:textId="77777777" w:rsidR="00992695" w:rsidRDefault="00992695">
+    <w:p w14:paraId="4A33386F" w14:textId="77777777" w:rsidR="00E75F4E" w:rsidRDefault="00E75F4E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="4BC82EBD" w14:textId="77777777" w:rsidR="007A075A" w:rsidRDefault="007A075A">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="3467" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03586FF5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8FFA04CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -10373,122 +10259,127 @@
         <w:strike w:val="0"/>
         <w:color w:val="212121"/>
         <w:sz w:val="26"/>
         <w:u w:val="none" w:color="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6348" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="212121"/>
         <w:sz w:val="26"/>
         <w:u w:val="none" w:color="000000"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1476676434">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1965112139">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1706521140">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1275791106">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="553127186">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007A075A"/>
+    <w:rsid w:val="000E3D6B"/>
+    <w:rsid w:val="000E6DF3"/>
     <w:rsid w:val="003B4586"/>
     <w:rsid w:val="007A075A"/>
     <w:rsid w:val="00992695"/>
+    <w:rsid w:val="00B728DD"/>
+    <w:rsid w:val="00E244AD"/>
+    <w:rsid w:val="00E75F4E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5DEE3848"/>
   <w15:docId w15:val="{3AA20DC5-ACC6-4AF0-A770-56F833647CBE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11027,51 +10918,50 @@
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="toc 7"/>
     <w:next w:val="a"/>
     <w:link w:val="70"/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="70">
     <w:name w:val="Оглавление 7 Знак"/>
     <w:link w:val="7"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:link w:val="3"/>
     <w:rPr>
       <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
       <w:i/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
     <w:name w:val="Основной шрифт абзаца1"/>
-    <w:link w:val="31"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="31">
     <w:name w:val="toc 3"/>
     <w:next w:val="a"/>
     <w:link w:val="32"/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:ind w:left="400"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="32">
     <w:name w:val="Оглавление 3 Знак"/>
     <w:link w:val="31"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
     <w:link w:val="5"/>
     <w:rPr>
       <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="11">
@@ -11263,51 +11153,51 @@
     <w:rPr>
       <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
       <w:color w:val="00A0FF"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
     <w:name w:val="TableGrid"/>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -11481,48 +11371,49 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
   <Words>1963</Words>
-  <Characters>11194</Characters>
+  <Characters>11190</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>93</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13131</CharactersWithSpaces>
+  <CharactersWithSpaces>13127</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>